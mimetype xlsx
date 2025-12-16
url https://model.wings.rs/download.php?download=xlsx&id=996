--- v0 (2025-10-11)
+++ v1 (2025-12-16)
@@ -782,51 +782,51 @@
   <si>
     <t>Mijiddorj Gongor</t>
   </si>
   <si>
     <t>Genko N. Petrov</t>
   </si>
   <si>
     <t>Claudio Ariel Fabris</t>
   </si>
   <si>
     <t>Axel Olsson Segerström</t>
   </si>
   <si>
     <t>Renato Nicosia</t>
   </si>
   <si>
     <t>Alejandro Martín Marchese</t>
   </si>
   <si>
     <t>Kateryna Velychko</t>
   </si>
   <si>
     <t>Alexander Andriukov</t>
   </si>
   <si>
-    <t>Urs Walter Muntwyler</t>
+    <t>Urs Muntwyler</t>
   </si>
   <si>
     <t>Miguel Angel Gordillo</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>Stanisław Skibicki</t>
   </si>
   <si>
     <t>Oleg Repnikov</t>
   </si>
   <si>
     <t>Peter Martin</t>
   </si>
   <si>
     <t>Igor Nišević</t>
   </si>
   <si>
     <t>Dragan Stankovič</t>
   </si>
   <si>
     <t>Hong Lu</t>
   </si>