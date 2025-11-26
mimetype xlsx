--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -305,51 +305,51 @@
   <si>
     <t>Mickael Rigault</t>
   </si>
   <si>
     <t>Oleksandr Starov</t>
   </si>
   <si>
     <t>Pavel Fejt</t>
   </si>
   <si>
     <t>Jaouen Rigault (J)</t>
   </si>
   <si>
     <t>Chengyuxuan Zhen</t>
   </si>
   <si>
     <t>Jonas Wiesiolek (J)</t>
   </si>
   <si>
     <t>Matan Zamir (J)</t>
   </si>
   <si>
     <t>Abecasis Roei (J)</t>
   </si>
   <si>
-    <t>Urs Walter Muntwyler</t>
+    <t>Urs Muntwyler</t>
   </si>
   <si>
     <t>SUI</t>
   </si>
   <si>
     <t>Ismet Yurtseven</t>
   </si>
   <si>
     <t>Oleg Kulakovsky</t>
   </si>
   <si>
     <t>Bruce Hao</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
   <si>
     <t>Stepan Stefanchuk</t>
   </si>
   <si>
     <t>Adam Krawiec</t>
   </si>
   <si>
     <t>Nikita Plis</t>
   </si>